--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="736" uniqueCount="366">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="800" uniqueCount="392">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -657,50 +657,86 @@
   <si>
     <t>Requer do Poder Executivo Municipal a reposição de lâmpadas na Localidade Morro dos Borges, no município de Lagoa Alegre-PI.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/283/doc00502520251003130433.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Legislativo Municipal a convocação das Empresas Equatorial-PI e Águas do Piauí, para realização de Audiência Pública em Caráter de Urgência, para deliberar sobre os problemas enfrentados pela população lagoaalegrense.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Requer da Empresa Águas do Piauí a isenção ou abatimento das faturas de água referente aos meses de agosto e setembro de 2025 para os moradores de Lagoa Alegre-PI.</t>
   </si>
   <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/291/requerimento_51_cledyvan.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo Municipal a recuperação da estrada vicinal que liga o município de Lagoa Alegre as Garças, na divisa com o município de Miguel Alves.</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_52_valdir_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo Municipal o abastecimento de água e energia no cemitério das Cruizinhas, localizado no município de Lagoa Alegre – PI.</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_053_chagas_julio.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo Municipal a construção de um murro no cemitério da Localidade Boa Esperança, localizado no município de Lagoa Alegre-PI.</t>
+  </si>
+  <si>
     <t>207</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>OSAEL MOITA LEAL</t>
   </si>
   <si>
     <t>https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/207/doc00140720250204102332.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DE PROJETO DE LEI Nº 01/2025 DO PODER EXECUTIVO, QUE DISPÕE SOBRE A ALTERAÇÃO DOS VENCIMENTOS DOS PROFISSIONAIS PROFISSIONAIS DO MAGISTÉRIO.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/210/projeto_de_lei_02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL Nº 407/2022, QUE CRIOU O CARGO DE AUXILIAR DE ATIVIDADE EDUCACIONAL, PARA AMPLIAR O NÚMERO DE VAGAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
@@ -756,50 +792,83 @@
   <si>
     <t>https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_de_lei_n._009.2025_-_institui_os_componentes_municipais_do_sistema_nacional_de_seguranca_alimentar_e_nutricional_sisan.pdf</t>
   </si>
   <si>
     <t>Institui os Componentes Municipais do Sistema Nacional de Segurança Alimentar e Nutricional (SISAN), sendo o Conselho Municipal de Segurança Alimentar e Nutricional (CONSEA), a Câmara Intersetorial de Segurança Alimentar e Nutricional (CAlSAN) e institui a Conferência Municipal de Segurança Alimentar e Nutricional, conforme específica.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_lei_010.2025_assinado1.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso IV do art.58 da Lei Municipal nº 223/2007 que dispõe sobre o Regime Próprio de Previdência dos Servidores de Lagoa Alegre para incluir o plano de equacionamento do déficit atuarial.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/282/doc00491920250925134006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual de aplicação, do município de Lagoa Alegre-PI, referente ao quadriênio de 2026 a 2029.</t>
   </si>
   <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_012_prev.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o parcelamento e reparcelamento de débitos do município de Lagoa Alegre-PI com seu Regime Próprio de Previdência Social - RPPS, de que tratam os arts. 115 e 117 do ato das Disposições Constitucionais Transitórias (ADCT), com a redação pela Emenda Constitucional nº 136, de 09 de setembro de 2025.</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/294/projeto_de_lei_n.13.2025_-_dispoe_sobre_a_protecao_e_bem_estar_dos_animais_assinado1.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a proteção e bem-estar dos animais domésticos no Município de Lagoa Alegre e dá outras providências".</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/295/loa.pdf</t>
+  </si>
+  <si>
+    <t>Estima a Receita e fixa a Despesa do Município de Lagoa Alegre, Estado do Piauí, para o exercício financeiro de 2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>297</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o pagamento do adicional e periculosidade aos servidores municipais que exercem a função de eletricista no âmbito do município de Lagoa Alegre-PI e dá outras providências.</t>
+  </si>
+  <si>
     <t>211</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>MESA DIRETORA - MD</t>
   </si>
   <si>
     <t>https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/211/projeto_de_lei_87.pdf</t>
   </si>
   <si>
     <t>INSTITUINDO VERBA INDENIZATÓRIA DO EXERCÍCIO PARLAMENTAR, DESTINADA EXCLUSIVAMENTE AO RESSARCIMENTO DAS DESPESAS RELACIONADAS  AO EXERCÍCIO DO MANDATO PARLAMENTAR</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/222/projeto_de_lei_088_de_2025.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO DE UTILIDADE PÚBLICA A ENTIDADE NÃO GOVERNAMENTAL, SEM FINS LUCRATIVOS, COMO ORGANIZAÇÃO SOCIAL O INSTITUTO OFICINA BG-IOBG E DÁ OUTRAS PROVIDÊNCIAS.</t>
@@ -1015,50 +1084,59 @@
     <t>Inclui o Título “Da Comissão de Ética e Decoro Parlamentar” no Capítulo III da Resolução nº 001, de 17 de junho de 1997 – que institui o Código de Ética e Decoro Parlamentar –, instituindo a Comissão de Ética e Decoro Parlamentar.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/284/projeto_de_rewsolucao_09_lgpd.pdf</t>
   </si>
   <si>
     <t>Institui a Política de Privacidade e Proteção de Dados Pessoais, no âmbito da Câmara Municipal de Lagoa Alegre-PI, conforme a Lei Federal nº 13.709/2018 – Lei Geral de Proteção de Dados (LGPD) e dá outras providências.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>CFOF - COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO FINANCEIRA</t>
   </si>
   <si>
     <t>Dispõe sobre a REJEIÇÃO das Contas de Governo do Município de Lagoa Alegre-PI, Exercício Financeiro de 2023, de responsabilidade do senhor Carlos Magno Fortes Machado.</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/293/projeto_de_decreto_02_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Concede o título de cidadão lagoaalegrense ao Sr. Alan Kardec Carvalho Sarmento em reconhecimento pelos bons e relevantes serviços prestados no município de Lagoa Alegre- PI.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/278/parecer_tce.pdf</t>
   </si>
   <si>
     <t>PARECER PRÉVIO Nº 174/2025 DO TRIBUNAL DE CONTAS DO ESTADO ESTADO DO PIAUÍ, REFERENTE AS CONTAS DE GOVERNO DO MUNICÍPIO DE LAGOA ALEGRE-PI, EXERCÍCIO FINANCEIRO DE 2023.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>RC</t>
   </si>
   <si>
     <t>REQUERIMENTO  DE CANDIDATURA</t>
   </si>
@@ -1455,56 +1533,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/208/requerimento_01_kamila.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/209/doc00182220250307103512.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/213/doc00190620250310173343.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/214/doc00190120250310141103.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/216/doc00199720250317170344.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/217/doc00200220250317171439.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/218/doc00200320250317171556.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_08_vereadora_kamila.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/220/doc00200420250317171643.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/223/requerimento_11_valdir.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/224/requerimento_12_cledyvan.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento_13_cledyvan.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/226/requerimento_14_cledyvan.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/227/requerimento_15_chagas_julio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/228/requerimento_16_chagas_julio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/229/requerimento_17_kamila_ponte.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/230/requerimento_018_kamila.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/231/requerimento_019_kamila.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/244/requerimento_021_rildo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/235/requerimento_022_kamila.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/239/requerimento_021_rildo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/243/requerimento_023_kamila.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/245/requerimento_27_chagas_julio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/246/requerimento_028_cledyvan.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/247/requerimento_029_laelcio_2.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/248/requerimento_030_valdir.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/249/requerimento_031_valdir.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/252/requerimento_032_kamila.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/253/requerimento_33_kamila.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/255/requerimento_034_valdir.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/256/requerimento_35_cledyvan.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/258/requerimento_36_valdir.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/259/requerimento__37_valdir.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/261/requerimento_038_kamila_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/263/requerimento_039_kamila.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/264/requerimento_040_kamila.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/265/requerimento_041_kamila_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/266/requerimento_42_chagas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/271/requerimento_044_cledyvan1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/272/requerimento_045_santinha1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/273/requerimento_046_cledyvan1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/279/doc00473220250915103457.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/280/doc00473320250915103524.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/283/doc00502520251003130433.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/207/doc00140720250204102332.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/210/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/215/doc00198220250317113330.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/232/doc00259320250414114925.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/240/projeto_de_lei_05_de_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_006_de_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/251/ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_de_lei_n._009.2025_-_institui_os_componentes_municipais_do_sistema_nacional_de_seguranca_alimentar_e_nutricional_sisan.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_lei_010.2025_assinado1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/282/doc00491920250925134006.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/211/projeto_de_lei_87.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/222/projeto_de_lei_088_de_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_089_cvledyvan.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/254/doc00301620250512113856.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_091_rildo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/262/doc00368020250616123215.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_lei_0931.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_0941.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/274/projeto_de_lei_095.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/275/projeto_de_lei_096.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/276/doc00456420250829124744.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/277/projeto_098_kamila.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/281/projeto_de_lei_099_kamila.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/289/doc00531720251021120508.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/286/indicacao_01_valdir.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/212/projeto_de_resolucao_06.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/284/projeto_de_rewsolucao_09_lgpd.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/278/parecer_tce.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/199/requerimento_valdir.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/200/requerimento_kamila.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/202/requerimento_gil.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento_rildo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/204/doc00039020250101115359.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/205/requerimentosantinha.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/206/doc00039020250101115359.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/208/requerimento_01_kamila.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/209/doc00182220250307103512.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/213/doc00190620250310173343.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/214/doc00190120250310141103.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/216/doc00199720250317170344.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/217/doc00200220250317171439.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/218/doc00200320250317171556.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_08_vereadora_kamila.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/220/doc00200420250317171643.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/223/requerimento_11_valdir.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/224/requerimento_12_cledyvan.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento_13_cledyvan.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/226/requerimento_14_cledyvan.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/227/requerimento_15_chagas_julio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/228/requerimento_16_chagas_julio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/229/requerimento_17_kamila_ponte.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/230/requerimento_018_kamila.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/231/requerimento_019_kamila.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/244/requerimento_021_rildo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/235/requerimento_022_kamila.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/239/requerimento_021_rildo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/243/requerimento_023_kamila.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/245/requerimento_27_chagas_julio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/246/requerimento_028_cledyvan.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/247/requerimento_029_laelcio_2.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/248/requerimento_030_valdir.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/249/requerimento_031_valdir.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/252/requerimento_032_kamila.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/253/requerimento_33_kamila.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/255/requerimento_034_valdir.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/256/requerimento_35_cledyvan.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/258/requerimento_36_valdir.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/259/requerimento__37_valdir.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/261/requerimento_038_kamila_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/263/requerimento_039_kamila.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/264/requerimento_040_kamila.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/265/requerimento_041_kamila_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/266/requerimento_42_chagas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/271/requerimento_044_cledyvan1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/272/requerimento_045_santinha1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/273/requerimento_046_cledyvan1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/279/doc00473220250915103457.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/280/doc00473320250915103524.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/283/doc00502520251003130433.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/291/requerimento_51_cledyvan.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_52_valdir_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_053_chagas_julio.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/207/doc00140720250204102332.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/210/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/215/doc00198220250317113330.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/232/doc00259320250414114925.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/240/projeto_de_lei_05_de_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_006_de_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/251/ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_de_lei_n._009.2025_-_institui_os_componentes_municipais_do_sistema_nacional_de_seguranca_alimentar_e_nutricional_sisan.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_lei_010.2025_assinado1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/282/doc00491920250925134006.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_012_prev.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/294/projeto_de_lei_n.13.2025_-_dispoe_sobre_a_protecao_e_bem_estar_dos_animais_assinado1.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/295/loa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/211/projeto_de_lei_87.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/222/projeto_de_lei_088_de_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_089_cvledyvan.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/254/doc00301620250512113856.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_091_rildo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/262/doc00368020250616123215.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_lei_0931.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_0941.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/274/projeto_de_lei_095.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/275/projeto_de_lei_096.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/276/doc00456420250829124744.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/277/projeto_098_kamila.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/281/projeto_de_lei_099_kamila.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/289/doc00531720251021120508.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/286/indicacao_01_valdir.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/212/projeto_de_resolucao_06.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/284/projeto_de_rewsolucao_09_lgpd.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/293/projeto_de_decreto_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/278/parecer_tce.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/199/requerimento_valdir.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/200/requerimento_kamila.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/202/requerimento_gil.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento_rildo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/204/doc00039020250101115359.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/205/requerimentosantinha.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoaalegre.pi.leg.br/media/sapl/public/materialegislativa/2025/206/doc00039020250101115359.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H92"/>
+  <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="67" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="197.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2810,1106 +2888,1314 @@
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
         <v>97</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>55</v>
       </c>
       <c r="H51" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>215</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>10</v>
+        <v>216</v>
       </c>
       <c r="D52" t="s">
-        <v>216</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>63</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="F52" t="s">
+      <c r="H52" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>219</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>220</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" t="s">
+        <v>42</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="B53" t="s">
-[...14 lines deleted...]
-      <c r="G53" s="1" t="s">
+      <c r="H53" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>223</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
         <v>224</v>
       </c>
-      <c r="B54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D54" t="s">
-        <v>216</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>217</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>218</v>
+        <v>76</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>225</v>
       </c>
       <c r="H54" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>227</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E55" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F55" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="H55" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>233</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>17</v>
+      </c>
+      <c r="D56" t="s">
+        <v>228</v>
+      </c>
+      <c r="E56" t="s">
+        <v>229</v>
+      </c>
+      <c r="F56" t="s">
         <v>230</v>
       </c>
-      <c r="B56" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G56" s="1" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="H56" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="D57" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E57" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F57" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="H57" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="D58" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E58" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F58" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="H58" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="D59" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E59" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F59" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="H59" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="D60" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E60" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F60" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="H60" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="D61" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E61" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F61" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="H61" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>249</v>
+        <v>50</v>
       </c>
       <c r="D62" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E62" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F62" t="s">
-        <v>250</v>
+        <v>230</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H62" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>254</v>
+        <v>54</v>
       </c>
       <c r="D63" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E63" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F63" t="s">
-        <v>23</v>
+        <v>230</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>255</v>
       </c>
       <c r="H63" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>257</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
+        <v>58</v>
+      </c>
+      <c r="D64" t="s">
+        <v>228</v>
+      </c>
+      <c r="E64" t="s">
+        <v>229</v>
+      </c>
+      <c r="F64" t="s">
+        <v>230</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="D64" t="s">
-[...8 lines deleted...]
-      <c r="G64" s="1" t="s">
+      <c r="H64" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>260</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D65" t="s">
+        <v>228</v>
+      </c>
+      <c r="E65" t="s">
+        <v>229</v>
+      </c>
+      <c r="F65" t="s">
+        <v>230</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="H65" t="s">
         <v>262</v>
-      </c>
-[...13 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>263</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>67</v>
+      </c>
+      <c r="D66" t="s">
+        <v>228</v>
+      </c>
+      <c r="E66" t="s">
+        <v>229</v>
+      </c>
+      <c r="F66" t="s">
+        <v>230</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="H66" t="s">
         <v>265</v>
-      </c>
-[...19 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>270</v>
+        <v>71</v>
       </c>
       <c r="D67" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E67" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F67" t="s">
-        <v>42</v>
+        <v>230</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="H67" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>274</v>
+        <v>75</v>
       </c>
       <c r="D68" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E68" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F68" t="s">
-        <v>13</v>
+        <v>230</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>275</v>
+        <v>55</v>
       </c>
       <c r="H68" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="D69" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E69" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F69" t="s">
-        <v>13</v>
+        <v>273</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="H69" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="D70" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E70" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F70" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="H70" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="D71" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E71" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F71" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="H71" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="D72" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E72" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F72" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="H72" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="D73" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E73" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F73" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="H73" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="D74" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E74" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F74" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="H74" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="D75" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E75" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F75" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>55</v>
+        <v>298</v>
       </c>
       <c r="H75" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="D76" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E76" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="H76" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>10</v>
+        <v>305</v>
       </c>
       <c r="D77" t="s">
-        <v>309</v>
+        <v>228</v>
       </c>
       <c r="E77" t="s">
-        <v>310</v>
+        <v>229</v>
       </c>
       <c r="F77" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="H77" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>41</v>
+        <v>309</v>
       </c>
       <c r="D78" t="s">
-        <v>314</v>
+        <v>228</v>
       </c>
       <c r="E78" t="s">
-        <v>315</v>
+        <v>229</v>
       </c>
       <c r="F78" t="s">
-        <v>218</v>
+        <v>76</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="H78" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>37</v>
+        <v>313</v>
       </c>
       <c r="D79" t="s">
-        <v>319</v>
+        <v>228</v>
       </c>
       <c r="E79" t="s">
-        <v>320</v>
+        <v>229</v>
       </c>
       <c r="F79" t="s">
         <v>23</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
       <c r="H79" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>41</v>
+        <v>317</v>
       </c>
       <c r="D80" t="s">
+        <v>228</v>
+      </c>
+      <c r="E80" t="s">
+        <v>229</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H80" t="s">
         <v>319</v>
-      </c>
-[...10 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>46</v>
+        <v>321</v>
       </c>
       <c r="D81" t="s">
-        <v>319</v>
+        <v>228</v>
       </c>
       <c r="E81" t="s">
-        <v>320</v>
+        <v>229</v>
       </c>
       <c r="F81" t="s">
-        <v>250</v>
+        <v>13</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>55</v>
+        <v>322</v>
       </c>
       <c r="H81" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>50</v>
+        <v>325</v>
       </c>
       <c r="D82" t="s">
-        <v>319</v>
+        <v>228</v>
       </c>
       <c r="E82" t="s">
-        <v>320</v>
+        <v>229</v>
       </c>
       <c r="F82" t="s">
-        <v>250</v>
+        <v>63</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>328</v>
+        <v>55</v>
       </c>
       <c r="H82" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>327</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>328</v>
+      </c>
+      <c r="D83" t="s">
+        <v>228</v>
+      </c>
+      <c r="E83" t="s">
+        <v>229</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H83" t="s">
         <v>330</v>
-      </c>
-[...19 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="E84" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="F84" t="s">
-        <v>333</v>
+        <v>42</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="H84" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>336</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>41</v>
+      </c>
+      <c r="D85" t="s">
+        <v>337</v>
+      </c>
+      <c r="E85" t="s">
+        <v>338</v>
+      </c>
+      <c r="F85" t="s">
+        <v>230</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="H85" t="s">
         <v>340</v>
-      </c>
-[...19 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="D86" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E86" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F86" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="H86" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="D87" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E87" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F87" t="s">
-        <v>63</v>
+        <v>273</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>55</v>
       </c>
       <c r="H87" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="D88" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E88" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F88" t="s">
-        <v>23</v>
+        <v>273</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>352</v>
+        <v>55</v>
       </c>
       <c r="H88" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="D89" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E89" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F89" t="s">
-        <v>97</v>
+        <v>273</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="H89" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>353</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>10</v>
+      </c>
+      <c r="D90" t="s">
+        <v>354</v>
+      </c>
+      <c r="E90" t="s">
+        <v>355</v>
+      </c>
+      <c r="F90" t="s">
+        <v>356</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H90" t="s">
         <v>357</v>
-      </c>
-[...19 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>358</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>17</v>
+      </c>
+      <c r="D91" t="s">
+        <v>354</v>
+      </c>
+      <c r="E91" t="s">
+        <v>355</v>
+      </c>
+      <c r="F91" t="s">
+        <v>63</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="H91" t="s">
         <v>360</v>
-      </c>
-[...19 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>361</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>10</v>
+      </c>
+      <c r="D92" t="s">
+        <v>362</v>
+      </c>
+      <c r="E92" t="s">
         <v>363</v>
       </c>
-      <c r="B92" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F92" t="s">
-        <v>76</v>
+        <v>356</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>364</v>
       </c>
       <c r="H92" t="s">
         <v>365</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>366</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>10</v>
+      </c>
+      <c r="D93" t="s">
+        <v>367</v>
+      </c>
+      <c r="E93" t="s">
+        <v>368</v>
+      </c>
+      <c r="F93" t="s">
+        <v>369</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="H93" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>372</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>17</v>
+      </c>
+      <c r="D94" t="s">
+        <v>367</v>
+      </c>
+      <c r="E94" t="s">
+        <v>368</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H94" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>375</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>22</v>
+      </c>
+      <c r="D95" t="s">
+        <v>367</v>
+      </c>
+      <c r="E95" t="s">
+        <v>368</v>
+      </c>
+      <c r="F95" t="s">
+        <v>63</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H95" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>377</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>27</v>
+      </c>
+      <c r="D96" t="s">
+        <v>367</v>
+      </c>
+      <c r="E96" t="s">
+        <v>368</v>
+      </c>
+      <c r="F96" t="s">
+        <v>23</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="H96" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>380</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>32</v>
+      </c>
+      <c r="D97" t="s">
+        <v>367</v>
+      </c>
+      <c r="E97" t="s">
+        <v>368</v>
+      </c>
+      <c r="F97" t="s">
+        <v>97</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="H97" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>383</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>37</v>
+      </c>
+      <c r="D98" t="s">
+        <v>367</v>
+      </c>
+      <c r="E98" t="s">
+        <v>368</v>
+      </c>
+      <c r="F98" t="s">
+        <v>33</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="H98" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>386</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>41</v>
+      </c>
+      <c r="D99" t="s">
+        <v>367</v>
+      </c>
+      <c r="E99" t="s">
+        <v>368</v>
+      </c>
+      <c r="F99" t="s">
+        <v>28</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="H99" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>389</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>46</v>
+      </c>
+      <c r="D100" t="s">
+        <v>367</v>
+      </c>
+      <c r="E100" t="s">
+        <v>368</v>
+      </c>
+      <c r="F100" t="s">
+        <v>76</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="H100" t="s">
+        <v>391</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -3961,50 +4247,58 @@
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
     <hyperlink ref="G86" r:id="rId85"/>
     <hyperlink ref="G87" r:id="rId86"/>
     <hyperlink ref="G88" r:id="rId87"/>
     <hyperlink ref="G89" r:id="rId88"/>
     <hyperlink ref="G90" r:id="rId89"/>
     <hyperlink ref="G91" r:id="rId90"/>
     <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>